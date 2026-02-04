--- v0 (2025-10-31)
+++ v1 (2026-02-04)
@@ -1,71 +1,71 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="00D77A3C" w:rsidRPr="00B3179E" w:rsidRDefault="00D77A3C" w:rsidP="00D77A3C">
+    <w:p w14:paraId="22D1C73C" w14:textId="77777777" w:rsidR="00D77A3C" w:rsidRPr="00B3179E" w:rsidRDefault="00D77A3C" w:rsidP="00D77A3C">
       <w:pPr>
         <w:ind w:left="7088"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B3179E">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="de-CH"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="10775119" wp14:editId="4C6ED8F7">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="3593A6B4" wp14:editId="7C6F07AD">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:posOffset>-33020</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="page">
               <wp:posOffset>25400</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="7559675" cy="1259840"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="1" name="e7a3d358-ab86-4b05-b559-e7cb"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="6" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
@@ -113,366 +113,408 @@
       <w:r w:rsidRPr="00B3179E">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>8401 Winterthur</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidRPr="00B3179E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>www.ksw.ch</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00477FEC" w:rsidRPr="00D77A3C" w:rsidRDefault="00D77A3C" w:rsidP="00D77A3C">
+    <w:p w14:paraId="64D51D04" w14:textId="77777777" w:rsidR="00477FEC" w:rsidRPr="00D77A3C" w:rsidRDefault="00D77A3C" w:rsidP="00D77A3C">
       <w:pPr>
         <w:ind w:left="7088"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B3179E">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Frauenklinik</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Direktorin/Chefärztin: </w:t>
       </w:r>
       <w:r w:rsidRPr="00B3179E">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Dr. med. Gesine Meili</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00461EA1" w:rsidRPr="00461EA1" w:rsidRDefault="00461EA1" w:rsidP="00461EA1">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="5EC70E16" w14:textId="77777777" w:rsidR="00461EA1" w:rsidRPr="00F071B4" w:rsidRDefault="00461EA1" w:rsidP="00461EA1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00461EA1">
-        <w:rPr>
+      <w:r w:rsidRPr="00F071B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Austrittsformular nach TVT/Botox</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00461EA1" w:rsidRDefault="00461EA1" w:rsidP="00461EA1"/>
-[...1 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="15744C3E" w14:textId="77777777" w:rsidR="00461EA1" w:rsidRPr="00F071B4" w:rsidRDefault="00461EA1" w:rsidP="00461EA1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="299DAFBB" w14:textId="77777777" w:rsidR="00461EA1" w:rsidRDefault="00461EA1" w:rsidP="00442067">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F071B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>Sehr geehrte Frau _______</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00461EA1" w:rsidRDefault="00461EA1" w:rsidP="00461EA1">
-      <w:pPr>
+    <w:p w14:paraId="17CEA247" w14:textId="77777777" w:rsidR="00442067" w:rsidRPr="00F071B4" w:rsidRDefault="00442067" w:rsidP="00442067">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="216B5E2B" w14:textId="77777777" w:rsidR="00461EA1" w:rsidRDefault="00461EA1" w:rsidP="00442067">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Sie haben sich in unserem Spital einem Eingriff unterzogen. Wir hoffen, dass Sie sich bereits ein wenig von der Operation erholt haben. Dieses Informationsblatt soll Ihnen die für Sie wichtigsten Punkte zusammenfassen und Ihnen zudem als Stütze für die Zeit nach dem Spitalaufenthalt bis zur ärztlichen Nachkontrolle dienen.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00461EA1" w:rsidRDefault="00461EA1" w:rsidP="00461EA1">
-[...7 lines deleted...]
-    <w:p w:rsidR="00461EA1" w:rsidRDefault="00461EA1" w:rsidP="00461EA1">
+    <w:p w14:paraId="2F086B2B" w14:textId="77777777" w:rsidR="00461EA1" w:rsidRDefault="00461EA1" w:rsidP="00442067">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08022258" w14:textId="77777777" w:rsidR="00442067" w:rsidRDefault="00442067" w:rsidP="00442067">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71041866" w14:textId="77777777" w:rsidR="00461EA1" w:rsidRDefault="00461EA1" w:rsidP="00442067">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Vermeiden Sie das Heben von schweren Lasten (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F03E"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5 Kilogramm) während 6-8 Wochen.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00461EA1" w:rsidRDefault="00461EA1" w:rsidP="00461EA1">
+    <w:p w14:paraId="452901B5" w14:textId="77777777" w:rsidR="00461EA1" w:rsidRDefault="00461EA1" w:rsidP="00442067">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00461EA1" w:rsidRDefault="00461EA1" w:rsidP="00461EA1">
+    <w:p w14:paraId="513351F2" w14:textId="77777777" w:rsidR="00461EA1" w:rsidRDefault="00461EA1" w:rsidP="00442067">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Kein Geschlechtsverkehr, nicht baden, keine Tampons benutzen während 6 Wochen bis zur 1. Nachkontrolle. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00461EA1" w:rsidRDefault="00461EA1" w:rsidP="00461EA1">
+    <w:p w14:paraId="38DB9EE9" w14:textId="77777777" w:rsidR="00461EA1" w:rsidRDefault="00461EA1" w:rsidP="00442067">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00461EA1" w:rsidRDefault="00461EA1" w:rsidP="00461EA1">
+    <w:p w14:paraId="5C6C1CFF" w14:textId="77777777" w:rsidR="00461EA1" w:rsidRDefault="00461EA1" w:rsidP="00442067">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Duschen ist erlaubt</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00461EA1" w:rsidRDefault="00461EA1" w:rsidP="00461EA1">
+    <w:p w14:paraId="3AA13FFF" w14:textId="77777777" w:rsidR="00461EA1" w:rsidRDefault="00461EA1" w:rsidP="00442067">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00461EA1" w:rsidRDefault="00461EA1" w:rsidP="00461EA1">
+    <w:p w14:paraId="5720FFEA" w14:textId="77777777" w:rsidR="00461EA1" w:rsidRDefault="00461EA1" w:rsidP="00442067">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C156D2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Rosafarbiger Ausfluss bis 3 Wochen nach dem Eingriff ist normal. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00461EA1" w:rsidRPr="00C156D2" w:rsidRDefault="00461EA1" w:rsidP="00461EA1">
+    <w:p w14:paraId="28068B87" w14:textId="77777777" w:rsidR="00461EA1" w:rsidRPr="00C156D2" w:rsidRDefault="00461EA1" w:rsidP="00442067">
       <w:pPr>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00461EA1" w:rsidRDefault="00461EA1" w:rsidP="00461EA1">
+    <w:p w14:paraId="1E237384" w14:textId="77777777" w:rsidR="00461EA1" w:rsidRDefault="00461EA1" w:rsidP="00442067">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Körperliche Aktivitäten wie Spazieren dürfen Sie nach Massgabe der Beschwerden ausführen.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00461EA1" w:rsidRDefault="00461EA1" w:rsidP="00461EA1">
+    <w:p w14:paraId="51134EA4" w14:textId="77777777" w:rsidR="00461EA1" w:rsidRDefault="00461EA1" w:rsidP="00442067">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00461EA1" w:rsidRDefault="00461EA1" w:rsidP="00461EA1">
+    <w:p w14:paraId="6CBCD28D" w14:textId="77777777" w:rsidR="00461EA1" w:rsidRDefault="00461EA1" w:rsidP="00442067">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Bei Auftreten von Schmerzen, Fieber, unangenehm riechendem Ausfluss und vor allen Dingen bei </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Problemen beim Wasserlösen</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> sollten Sie umgehend Ihren Frauenarzt / Ihre Frauenärztin konsultieren. Bei dessen/deren Abwesenheit sollten Sie sich rasch möglichst in der Frauenklinik melden.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00461EA1" w:rsidRDefault="00461EA1" w:rsidP="00461EA1">
+    <w:p w14:paraId="22E6576C" w14:textId="77777777" w:rsidR="00461EA1" w:rsidRDefault="00461EA1" w:rsidP="00442067">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00461EA1" w:rsidRDefault="00461EA1" w:rsidP="00461EA1">
+    <w:p w14:paraId="79B488CC" w14:textId="77777777" w:rsidR="00461EA1" w:rsidRDefault="00461EA1" w:rsidP="00442067">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Damit die Wunde besser heilt, sollten Sie für 6 Wochen zwei verschiedene Vaginalzäpfchen im Wechsel nehmen mit Pausen dazwischen: Montag </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
@@ -488,514 +530,591 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, Donnerstag </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Gynoflor</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00461EA1" w:rsidRDefault="00461EA1" w:rsidP="00461EA1">
+    <w:p w14:paraId="1DF0EDA7" w14:textId="77777777" w:rsidR="00461EA1" w:rsidRPr="0058110F" w:rsidRDefault="00461EA1" w:rsidP="00442067">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00461EA1" w:rsidRDefault="00461EA1" w:rsidP="00461EA1">
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3ED9D6BE" w14:textId="5EB3BDFD" w:rsidR="00461EA1" w:rsidRPr="003A260E" w:rsidRDefault="003A260E" w:rsidP="00442067">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058110F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Die Fäden sind selbstauflösend. Die </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058110F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Steristrip</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058110F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>/Pflas</w:t>
+      </w:r>
+      <w:r w:rsidR="0083372C" w:rsidRPr="0058110F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058110F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">er können Sie selbstständig nach 7-10 Tagen entfernen. Wir empfehlen jedoch den </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058110F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Fadenzug</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058110F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nach 7-10 Tagen bei Ihrem Hausarzt für ein kosmetisch schöneres Ergebnis. Narbenpflege mit fetthaltigen Hautpflegeprodukten nach 2 Wochen.</w:t>
+      </w:r>
+      <w:r w:rsidR="00461EA1" w:rsidRPr="003A260E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00461EA1" w:rsidRDefault="00461EA1" w:rsidP="00461EA1">
+    <w:p w14:paraId="460FFDE8" w14:textId="30D8873D" w:rsidR="00461EA1" w:rsidRDefault="00461EA1" w:rsidP="00442067">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Medikamente bei Austritt:  siehe Rezept</w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="00461EA1" w:rsidRDefault="00461EA1" w:rsidP="00461EA1">
+      <w:r w:rsidR="005E3B05">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, eigene Medikamente weiter einnehmen wie bisher</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E8C80AD" w14:textId="77777777" w:rsidR="00461EA1" w:rsidRDefault="00461EA1" w:rsidP="00442067">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00461EA1" w:rsidRDefault="00461EA1" w:rsidP="00461EA1">
+    <w:p w14:paraId="1F314D0F" w14:textId="77777777" w:rsidR="00461EA1" w:rsidRPr="0058110F" w:rsidRDefault="00461EA1" w:rsidP="00442067">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="0058110F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Nehmen Sie sich Zeit beim Wasserlösen! Pressen Sie nicht beim Wasserlösen! Achten Sie auf geregelten weichen Stuhlgang. Wenn Sie zu Verstopfung neigen, sollten Sie ein stuhlregulierendes Präparat für mindestens 6 Wochen einnehmen.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00461EA1" w:rsidRDefault="00461EA1" w:rsidP="00461EA1">
-[...9 lines deleted...]
-    <w:p w:rsidR="00461EA1" w:rsidRDefault="00461EA1" w:rsidP="00461EA1">
+    <w:p w14:paraId="4165F49E" w14:textId="77777777" w:rsidR="003926BF" w:rsidRPr="003926BF" w:rsidRDefault="003926BF" w:rsidP="00442067">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0CC3BE47" w14:textId="058B5E25" w:rsidR="00461EA1" w:rsidRPr="000871C5" w:rsidRDefault="003926BF" w:rsidP="00442067">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:after="0" w:line="280" w:lineRule="atLeast"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000871C5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...35 lines deleted...]
-      <w:pPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Eine Restharnmessung findet in 10 Tagen und eine Nachkontrolle in 6 Wochen bei Ihrem Zuweiser statt. Bitte vereinbaren Sie hierfür selbstständig einen Termin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B7054F6" w14:textId="77777777" w:rsidR="000871C5" w:rsidRDefault="00461EA1" w:rsidP="00442067">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3960"/>
           <w:tab w:val="left" w:pos="5040"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
-[...27 lines deleted...]
-        <w:pStyle w:val="Pxrtf"/>
+        <w:spacing w:line="240" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000871C5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000140CB">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Bei Inkontinenzoperationen wünschen wir uns zur Qualitätskontrolle einen einmaligen Kontrolltermin beim Operateur in 3 Monaten.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058110F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C6756D3" w14:textId="4A9D3112" w:rsidR="00461EA1" w:rsidRPr="0058110F" w:rsidRDefault="003926BF" w:rsidP="00442067">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3960"/>
+          <w:tab w:val="left" w:pos="5040"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:left="284"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058110F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Es ist uns wichtig, dass Sie nach der Operation mit dem Operationsergebnis zufrieden sind. Daher würden wir uns freuen, wenn Sie uns zum Kontrolltermin in 3 Monaten den Beckenbodenfragebogen ausgefüllt mitbringen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="337ABCDD" w14:textId="77777777" w:rsidR="00461EA1" w:rsidRDefault="00461EA1" w:rsidP="00442067">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0546185E" w14:textId="77777777" w:rsidR="00442067" w:rsidRPr="000140CB" w:rsidRDefault="00442067" w:rsidP="00442067">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06AC2675" w14:textId="77777777" w:rsidR="00461EA1" w:rsidRPr="005E3B05" w:rsidRDefault="00461EA1" w:rsidP="00442067">
+      <w:pPr>
+        <w:pStyle w:val="Pxrtf"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005E3B05">
+        <w:t xml:space="preserve">Falls Sie noch Fragen haben, wenden Sie sich bitte an Ihren einweisenden Arzt / Ihre einweisende Ärztin oder den Notfallarzt der Frauenklinik. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="154C0483" w14:textId="77777777" w:rsidR="00461EA1" w:rsidRPr="000140CB" w:rsidRDefault="00461EA1" w:rsidP="00442067">
+      <w:pPr>
+        <w:pStyle w:val="Pxrtf"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Falls Sie noch Fragen haben, wenden Sie sich bitten an Ihren einweisenden Arzt / Ihre einweisende Ärztin oder den Notfallarzt der Frauenklinik. </w:t>
-[...7 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2055DD4C" w14:textId="77777777" w:rsidR="00461EA1" w:rsidRPr="000140CB" w:rsidRDefault="00461EA1" w:rsidP="00442067">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000140CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="000140CB">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In Notfällen bitten wir um Anmeldung unter 052 266 30 30 (Notfall Gynäkologie KSW, </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">In Notfällen bitten wir um Anmeldung unter 052 266 30 30 (Notfall Gynäkologie KSW, </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000140CB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>4</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000140CB">
+        <w:t>. Stock</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>. Stock</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>, Haus B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000140CB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>, Haus B</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A45B6" w:rsidRPr="00D26080" w:rsidRDefault="000A45B6" w:rsidP="00461EA1">
+    <w:p w14:paraId="19177FEF" w14:textId="77777777" w:rsidR="000A45B6" w:rsidRPr="00D26080" w:rsidRDefault="000A45B6" w:rsidP="00461EA1">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="000A45B6" w:rsidRPr="00D26080" w:rsidSect="00D77A3C">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="849" w:bottom="1134" w:left="993" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00D77A3C" w:rsidRDefault="00D77A3C" w:rsidP="00D77A3C">
+    <w:p w14:paraId="795119B4" w14:textId="77777777" w:rsidR="00D77A3C" w:rsidRDefault="00D77A3C" w:rsidP="00D77A3C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00D77A3C" w:rsidRDefault="00D77A3C" w:rsidP="00D77A3C">
+    <w:p w14:paraId="2DD219A0" w14:textId="77777777" w:rsidR="00D77A3C" w:rsidRDefault="00D77A3C" w:rsidP="00D77A3C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00D77A3C" w:rsidRPr="00D77A3C" w:rsidRDefault="00BD74FF" w:rsidP="00D26080">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="1A68122A" w14:textId="77777777" w:rsidR="00D77A3C" w:rsidRPr="00D77A3C" w:rsidRDefault="00BD74FF" w:rsidP="00D26080">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:ind w:left="708"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:proofErr w:type="spellStart"/>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>Information_Nach</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t xml:space="preserve"> TVT/Botox</w:t>
     </w:r>
     <w:r w:rsidR="00D77A3C" w:rsidRPr="00D77A3C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>.docx, 1.0</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00D77A3C" w:rsidRDefault="00D77A3C" w:rsidP="00D77A3C">
+    <w:p w14:paraId="22D8268F" w14:textId="77777777" w:rsidR="00D77A3C" w:rsidRDefault="00D77A3C" w:rsidP="00D77A3C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00D77A3C" w:rsidRDefault="00D77A3C" w:rsidP="00D77A3C">
+    <w:p w14:paraId="5454B5EE" w14:textId="77777777" w:rsidR="00D77A3C" w:rsidRDefault="00D77A3C" w:rsidP="00D77A3C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00D77A3C" w:rsidRDefault="00D77A3C">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="2BC243BE" w14:textId="77777777" w:rsidR="00D77A3C" w:rsidRDefault="00D77A3C">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
     <w:r w:rsidRPr="00B3179E">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:eastAsia="de-CH"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="33E3D6EE" wp14:editId="46B93CC1">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="2D7EAC58" wp14:editId="6FA673D3">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>-19685</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>20320</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559675" cy="1259840"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="11" name="e7a3d358-ab86-4b05-b559-e7cb"/>
           <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="6" name=""/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
@@ -1005,60 +1124,60 @@
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7559675" cy="1259840"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00D77A3C" w:rsidRDefault="00D77A3C">
+  <w:p w14:paraId="56AD8D3D" w14:textId="77777777" w:rsidR="00D77A3C" w:rsidRDefault="00D77A3C">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="15BA242C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E9BEA844"/>
     <w:lvl w:ilvl="0" w:tplc="08070001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -1131,51 +1250,51 @@
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38EC7E7D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="885CA552"/>
+    <w:tmpl w:val="F31ACB36"/>
     <w:lvl w:ilvl="0" w:tplc="939AFEC0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="284"/>
         </w:tabs>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08070003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -1268,150 +1387,164 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08070005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="2132436133">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="498350027">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000A45B6"/>
+    <w:rsid w:val="000871C5"/>
     <w:rsid w:val="000A45B6"/>
     <w:rsid w:val="000F5A5F"/>
     <w:rsid w:val="002F0131"/>
     <w:rsid w:val="00341A3B"/>
+    <w:rsid w:val="003926BF"/>
+    <w:rsid w:val="003A260E"/>
     <w:rsid w:val="0043239C"/>
+    <w:rsid w:val="00442067"/>
     <w:rsid w:val="00461EA1"/>
     <w:rsid w:val="00477FEC"/>
     <w:rsid w:val="004E66CA"/>
+    <w:rsid w:val="0058110F"/>
+    <w:rsid w:val="005E3B05"/>
+    <w:rsid w:val="0083372C"/>
     <w:rsid w:val="00927201"/>
+    <w:rsid w:val="00932EC6"/>
     <w:rsid w:val="00936756"/>
+    <w:rsid w:val="009577C4"/>
     <w:rsid w:val="0099318C"/>
     <w:rsid w:val="00A37B04"/>
     <w:rsid w:val="00AB60EA"/>
+    <w:rsid w:val="00B15137"/>
     <w:rsid w:val="00BD74FF"/>
     <w:rsid w:val="00BE7472"/>
     <w:rsid w:val="00D26080"/>
     <w:rsid w:val="00D77A3C"/>
     <w:rsid w:val="00DC7B3E"/>
     <w:rsid w:val="00E164CF"/>
+    <w:rsid w:val="00E579D5"/>
+    <w:rsid w:val="00F071B4"/>
+    <w:rsid w:val="00FB5235"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="1755AD03"/>
+  <w14:docId w14:val="6ECB29CA"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{A7756809-3792-4581-A735-9B42034B9DCD}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="de-CH" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1739,50 +1872,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Absatz-Standardschriftart">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -1875,51 +2013,51 @@
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FuzeileZchn">
     <w:name w:val="Fußzeile Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Fuzeile"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00D77A3C"/>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:rsid w:val="00D77A3C"/>
     <w:rPr>
       <w:dstrike w:val="0"/>
       <w:color w:val="auto"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ksw.ch" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
@@ -2155,69 +2293,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>354</Words>
-  <Characters>2233</Characters>
+  <Words>371</Words>
+  <Characters>2341</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>18</Lines>
+  <Lines>19</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Kantonsspital Winterthur</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2582</CharactersWithSpaces>
+  <CharactersWithSpaces>2707</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Wuffli, Nadine, YBI</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>